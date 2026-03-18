--- v0 (2025-12-18)
+++ v1 (2026-03-18)
@@ -1437,51 +1437,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>climatisation du local, eclairage localement insuffisant, bruit de fond</w:t>
+              <w:t>éclairage insuffisant, bruit environnant de faible intensité</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -1615,51 +1615,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>intemperie	, exposition aux UV, lumiere visible (400 à 780 nm)</w:t>
+              <w:t>intempérie, lumiere visible (400 à 780 nm), rayonnement ultraviolet</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -1793,51 +1793,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>coactivite (plusieurs activites concomitantes dans un meme lieu), intemperie	, espace de travail avec locaux sociaux inadaptés ou absents, espace de travail avec défaut d'hygiène</w:t>
+              <w:t>coactivite (plusieurs activites concomitantes dans un meme lieu), intempérie, espace de travail avec locaux sociaux inadaptés ou absents, espace de travail avec défaut d'hygiène</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4175,51 +4175,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ecran de visualisation</w:t>
+              <w:t>écran de visualisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -4791,51 +4791,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>éboulement, bruit de fond, posture</w:t>
+              <w:t>éboulement, bruit environnant de faible intensité, posture</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -6200,51 +6200,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>vibration transmise corps entier, bruit superieur a 80 dB, gaz d'echappement</w:t>
+              <w:t>vibration mécanique corps entier, bruit superieur a 80 dB, gaz d'echappement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -6552,51 +6552,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ecran de visualisation</w:t>
+              <w:t>écran de visualisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -6640,51 +6640,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>laser</w:t>
+              <w:t>rayonnement laser</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
@@ -8031,51 +8031,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="49AB62"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Fiche d'entretien professionnel générée le 18/12/2025 issue de la FMP Archéologue, consultable sur le site :</w:t>
+        <w:t>Fiche d'entretien professionnel générée le 18/03/2026 issue de la FMP Archéologue, consultable sur le site :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="49AB62"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="49AB62"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="49AB62"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8">