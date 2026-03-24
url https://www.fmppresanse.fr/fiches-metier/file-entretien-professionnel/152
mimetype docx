--- v0 (2025-12-24)
+++ v1 (2026-03-24)
@@ -1259,51 +1259,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>bruit de fond, intemperie	, espace de travail avec sol encombré, espace de travail inadapté à l'activité, espace de travail avec circulation sur plusieurs niveaux, lumiere artificielle</w:t>
+              <w:t>bruit environnant de faible intensité, intempérie, espace de travail avec sol encombré, espace de travail inadapté à l'activité, espace de travail avec circulation sur plusieurs niveaux, éclairage artificiel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -1348,51 +1348,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>intemperie	, bruit superieur a 80 dB, espace de travail avec sol encombré, espace de travail sousdimensionné, espace de travail avec circulation sur plusieurs niveaux, lumiere artificielle</w:t>
+              <w:t>intempérie, bruit superieur a 80 dB, espace de travail avec sol encombré, espace de travail sousdimensionné, espace de travail avec circulation sur plusieurs niveaux, éclairage artificiel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -1437,51 +1437,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>intemperie	, bruit superieur a 80 dB, espace de travail avec sol irrégulier, espace de travail avec sol encombré, - espace de travail avec sol glissant, espace de travail inadapté à l'activité, lumiere artificielle</w:t>
+              <w:t>intempérie, bruit superieur a 80 dB, espace de travail avec sol irrégulier, espace de travail avec sol encombré, - espace de travail avec sol glissant, espace de travail inadapté à l'activité, éclairage artificiel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -3733,51 +3733,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>eclairage localement insuffisant, posture du corps entier, mouvement répétitif</w:t>
+              <w:t>éclairage insuffisant, posture du corps entier, mouvement répétitif</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -6181,51 +6181,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="49AB62"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Fiche d'entretien professionnel générée le 24/12/2025 issue de la FMP Danseur, consultable sur le site :</w:t>
+        <w:t>Fiche d'entretien professionnel générée le 24/03/2026 issue de la FMP Danseur, consultable sur le site :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="49AB62"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="49AB62"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="49AB62"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8">