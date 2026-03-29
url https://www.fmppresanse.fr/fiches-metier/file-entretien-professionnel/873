--- v0 (2025-12-28)
+++ v1 (2026-03-29)
@@ -1259,51 +1259,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ambiance thermique chaude interieure</w:t>
+              <w:t>température chaude intérieure</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -1348,51 +1348,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>eclairage localement insuffisant, espace de travail sousdimensionné</w:t>
+              <w:t>éclairage insuffisant, espace de travail sousdimensionné</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
@@ -2050,51 +2050,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>espace de travail inadapté à l'activité, confusion vie privée-vie professionnelle, ecran de visualisation, rythme pouvant générer une perturbation de la vie familiale, nuisances liées aux moyens alloués en terme d'équipements, disponibilité de la hiérarchie vécue comme insuffisante, nuisances liées au contrôle informatisé du travail, nuisances du télétravail</w:t>
+              <w:t>espace de travail inadapté à l'activité, confusion vie privée-vie professionnelle, écran de visualisation, rythme pouvant générer une perturbation de la vie familiale, nuisances liées aux moyens alloués en terme d'équipements, disponibilité de la hiérarchie vécue comme insuffisante, nuisances liées au contrôle informatisé du travail, nuisances du télétravail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
@@ -3476,51 +3476,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ecran de visualisation</w:t>
+              <w:t>écran de visualisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -4181,51 +4181,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>humeur des clients generant une charge mentale particuliere</w:t>
+              <w:t>humeur des clients générant une charge mentale particulière</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
@@ -4779,51 +4779,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="49AB62"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Fiche d'entretien professionnel générée le 28/12/2025 issue de la FMP Acheteur d'art, consultable sur le site :</w:t>
+        <w:t>Fiche d'entretien professionnel générée le 29/03/2026 issue de la FMP Acheteur d'art, consultable sur le site :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="49AB62"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="49AB62"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="49AB62"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8">