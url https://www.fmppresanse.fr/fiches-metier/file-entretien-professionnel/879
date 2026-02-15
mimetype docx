--- v0 (2025-12-31)
+++ v1 (2026-02-15)
@@ -1704,51 +1704,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>froid interieur positif, froid interieur negatif</w:t>
+              <w:t>température froide intérieure positive, température froide intérieure négative</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -2584,51 +2584,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>humeur des clients generant une charge mentale particuliere, travail imposant un contrôle permanent ou excessif des émotions</w:t>
+              <w:t>humeur des clients générant une charge mentale particulière, travail imposant un contrôle permanent ou excessif des émotions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -4176,51 +4176,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>humeur des clients generant une charge mentale particuliere, multiplicité des tâches induisant une charge mentale</w:t>
+              <w:t>humeur des clients générant une charge mentale particulière, multiplicité des tâches induisant une charge mentale</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -4528,51 +4528,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>contact avec des plats chauds, contraintes liées aux tâches multiples concomitantes, fumee de cuisine, travail sous contrainte de temps imposee (travail a la chaine, cadence elevee, salaire au rendement,, ambiance thermique chaude interieure</w:t>
+              <w:t>contact avec des plats chauds, contraintes liées aux tâches multiples concomitantes, fumee de cuisine, travail sous contrainte de temps imposee (travail a la chaine, cadence elevee, salaire au rendement,, température chaude intérieure</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -4704,51 +4704,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>projection de liquide brulant, huile et graisse a friture, ambiance thermique chaude interieure</w:t>
+              <w:t>projection de liquide brulant, huile et graisse a friture, température chaude intérieure</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -5761,51 +5761,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>contact avec les pieces chaudes, ambiance thermique chaude interieure, objet brulant</w:t>
+              <w:t>contact avec les pieces chaudes, température chaude intérieure, objet brulant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -8296,51 +8296,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="49AB62"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Fiche d'entretien professionnel générée le 31/12/2025 issue de la FMP Equipier restauration rapide hamburger, consultable sur le site :</w:t>
+        <w:t>Fiche d'entretien professionnel générée le 15/02/2026 issue de la FMP Equipier restauration rapide hamburger, consultable sur le site :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="49AB62"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="49AB62"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="49AB62"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8">