--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -6357,51 +6357,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="49AB62"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Fiche d'entretien professionnel générée le 01/11/2025 issue de la FMP Technicien de maintenance informatique, consultable sur le site :</w:t>
+        <w:t>Fiche d'entretien professionnel générée le 30/12/2025 issue de la FMP Technicien de maintenance informatique, consultable sur le site :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="49AB62"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="49AB62"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="49AB62"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8">