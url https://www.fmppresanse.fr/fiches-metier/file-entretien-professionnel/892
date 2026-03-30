--- v1 (2025-12-30)
+++ v2 (2026-03-30)
@@ -1437,51 +1437,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>climatisation du local</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -2228,51 +2228,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>humeur des clients generant une charge mentale particuliere, objectifs divergents et logiques différentes avec la  hiérarchie</w:t>
+              <w:t>humeur des clients générant une charge mentale particulière, objectifs divergents et logiques différentes avec la  hiérarchie</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -2315,51 +2315,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>humeur des clients generant une charge mentale particuliere, travail imposant un contrôle permanent ou excessif des émotions</w:t>
+              <w:t>humeur des clients générant une charge mentale particulière, travail imposant un contrôle permanent ou excessif des émotions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -2924,51 +2924,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>espace de travail inadapté à l'activité, confusion vie privée-vie professionnelle, ecran de visualisation, rythme pouvant générer une perturbation de la vie familiale, nuisances liées aux moyens alloués en terme d'équipements, disponibilité de la hiérarchie vécue comme insuffisante, nuisances liées au contrôle informatisé du travail, nuisances du télétravail</w:t>
+              <w:t>espace de travail inadapté à l'activité, confusion vie privée-vie professionnelle, écran de visualisation, rythme pouvant générer une perturbation de la vie familiale, nuisances liées aux moyens alloués en terme d'équipements, disponibilité de la hiérarchie vécue comme insuffisante, nuisances liées au contrôle informatisé du travail, nuisances du télétravail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
@@ -3469,51 +3469,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>travail sous tension, ecran de visualisation, posture du corps entier, port de charge (déplacement horizontal)</w:t>
+              <w:t>travail sous tension, écran de visualisation, posture du corps entier, port de charge (déplacement horizontal)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -4174,51 +4174,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ecran de visualisation</w:t>
+              <w:t>écran de visualisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -4262,51 +4262,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>posture du cou en flexion, contrainte visuelle, bruit de fond, ambiance thermique inconfortable</w:t>
+              <w:t>posture du cou en flexion, contrainte visuelle, bruit environnant de faible intensité, ambiance thermique inconfortable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -5495,51 +5495,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>humeur des clients generant une charge mentale particuliere</w:t>
+              <w:t>humeur des clients générant une charge mentale particulière</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="C1C1C1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -6357,51 +6357,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="49AB62"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Fiche d'entretien professionnel générée le 30/12/2025 issue de la FMP Technicien de maintenance informatique, consultable sur le site :</w:t>
+        <w:t>Fiche d'entretien professionnel générée le 30/03/2026 issue de la FMP Technicien de maintenance informatique, consultable sur le site :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="49AB62"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="49AB62"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="49AB62"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8">