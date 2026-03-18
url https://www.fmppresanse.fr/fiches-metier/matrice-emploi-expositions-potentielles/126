--- v0 (2025-12-18)
+++ v1 (2026-03-18)
@@ -642,251 +642,97 @@
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="237490" cy="237490"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t>facteur biomécanique</w:t>
+        <w:t>nuisance chimique</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8099"/>
         <w:gridCol w:w="926"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>posture debout avec marche</w:t>
-[...153 lines deleted...]
-              <w:t>posture assise</w:t>
+              <w:t>acetone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
@@ -980,97 +826,1098 @@
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="237490" cy="237490"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t>nuisance chimique</w:t>
+        <w:t>nuisance organisationnelle</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8099"/>
         <w:gridCol w:w="926"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>acetone</w:t>
+              <w:t>coactivite (plusieurs activites concomitantes dans un meme lieu)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="926" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:object>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="control_shape_0" o:allowincell="t" style="width:10.55pt;height:12.05pt" type="#_x0000_t75"/>
+                <w:control r:id="rId5" w:name="Check Box 1" w:shapeid="control_shape_0"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>variabilite, imprevisibilite de la charge de travail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="926" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:object>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="control_shape_0" o:allowincell="t" style="width:10.55pt;height:12.05pt" type="#_x0000_t75"/>
+                <w:control r:id="rId5" w:name="Check Box 1" w:shapeid="control_shape_0"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>contrainte relationnelle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="926" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:object>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="control_shape_0" o:allowincell="t" style="width:10.55pt;height:12.05pt" type="#_x0000_t75"/>
+                <w:control r:id="rId5" w:name="Check Box 1" w:shapeid="control_shape_0"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>isolement psychologique</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="926" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:object>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="control_shape_0" o:allowincell="t" style="width:10.55pt;height:12.05pt" type="#_x0000_t75"/>
+                <w:control r:id="rId5" w:name="Check Box 1" w:shapeid="control_shape_0"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>manquer de moyens ou de temps pour faire un travail de qualite</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="926" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:object>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="control_shape_0" o:allowincell="t" style="width:10.55pt;height:12.05pt" type="#_x0000_t75"/>
+                <w:control r:id="rId5" w:name="Check Box 1" w:shapeid="control_shape_0"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>surcharge de travail ressentie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="926" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:object>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="control_shape_0" o:allowincell="t" style="width:10.55pt;height:12.05pt" type="#_x0000_t75"/>
+                <w:control r:id="rId5" w:name="Check Box 1" w:shapeid="control_shape_0"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rythme generant une majoration des contraintes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="926" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:object>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="control_shape_0" o:allowincell="t" style="width:10.55pt;height:12.05pt" type="#_x0000_t75"/>
+                <w:control r:id="rId5" w:name="Check Box 1" w:shapeid="control_shape_0"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>horaire generant une perturbation de la vie sociale</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="926" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:object>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="control_shape_0" o:allowincell="t" style="width:10.55pt;height:12.05pt" type="#_x0000_t75"/>
+                <w:control r:id="rId5" w:name="Check Box 1" w:shapeid="control_shape_0"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rythme pouvant générer une perturbation de la vie familiale</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="926" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:object>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="control_shape_0" o:allowincell="t" style="width:10.55pt;height:12.05pt" type="#_x0000_t75"/>
+                <w:control r:id="rId5" w:name="Check Box 1" w:shapeid="control_shape_0"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>multiplicité des tâches induisant une charge mentale</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="926" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:object>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="control_shape_0" o:allowincell="t" style="width:10.55pt;height:12.05pt" type="#_x0000_t75"/>
+                <w:control r:id="rId5" w:name="Check Box 1" w:shapeid="control_shape_0"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>travail de nuit occasionnel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="926" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:object>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="control_shape_0" o:allowincell="t" style="width:10.55pt;height:12.05pt" type="#_x0000_t75"/>
+                <w:control r:id="rId5" w:name="Check Box 1" w:shapeid="control_shape_0"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>imprevisibilite des horaires de travail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="926" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:object>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="control_shape_0" o:allowincell="t" style="width:10.55pt;height:12.05pt" type="#_x0000_t75"/>
+                <w:control r:id="rId5" w:name="Check Box 1" w:shapeid="control_shape_0"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>écran de visualisation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="926" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:object>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="control_shape_0" o:allowincell="t" style="width:10.55pt;height:12.05pt" type="#_x0000_t75"/>
+                <w:control r:id="rId5" w:name="Check Box 1" w:shapeid="control_shape_0"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>activite demandant une vigilance, une concentration, une attention soutenue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
@@ -1164,97 +2011,97 @@
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="237490" cy="237490"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t>nuisance organisationnelle</w:t>
+        <w:t>nuisance physique</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8099"/>
         <w:gridCol w:w="926"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>coactivite (plusieurs activites concomitantes dans un meme lieu)</w:t>
+              <w:t>espace de travail sousdimensionné</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
@@ -1287,51 +2134,51 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>variabilite, imprevisibilite de la charge de travail</w:t>
+              <w:t>espace de travail avec locaux sociaux inadaptés ou absents</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
@@ -1364,51 +2211,51 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>contrainte relationnelle</w:t>
+              <w:t>espace de travail avec défaut d'hygiène</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
@@ -1441,51 +2288,51 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>isolement psychologique</w:t>
+              <w:t>contrainte de la conduite d'un engin mobile automoteur ou de levage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
@@ -1518,51 +2365,51 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>manquer de moyens ou de temps pour faire un travail de qualite</w:t>
+              <w:t>éboulement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
@@ -1595,51 +2442,51 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>surcharge de travail ressentie</w:t>
+              <w:t>déplacement routier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
@@ -1672,590 +2519,51 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>rythme generant une majoration des contraintes</w:t>
-[...538 lines deleted...]
-              <w:t>activite demandant une vigilance, une concentration, une attention soutenue</w:t>
+              <w:t>contrainte de la conduite VL professionnelle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
@@ -2349,1235 +2657,50 @@
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="237490" cy="237490"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t>nuisance physique</w:t>
-[...1183 lines deleted...]
-      <w:r>
         <w:t>produits</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8099"/>
         <w:gridCol w:w="926"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8099" w:type="dxa"/>
@@ -3701,51 +2824,51 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A01265"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Matrice Emploi-Expositions Potentielles générée le 18/12/2025 issue de la FMP Archéologue consultable sur le site :</w:t>
+        <w:t>Matrice Emploi-Expositions Potentielles générée le 18/03/2026 issue de la FMP Archéologue consultable sur le site :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="A01265"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="LienInternet"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
             <w:color w:val="A01265"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://www.fmppresanse.fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>