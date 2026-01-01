--- v0 (2025-11-02)
+++ v1 (2026-01-01)
@@ -3517,51 +3517,51 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A01265"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Matrice Emploi-Expositions Potentielles générée le 02/11/2025 issue de la FMP Cordonnier consultable sur le site :</w:t>
+        <w:t>Matrice Emploi-Expositions Potentielles générée le 01/01/2026 issue de la FMP Cordonnier consultable sur le site :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="A01265"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="LienInternet"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
             <w:color w:val="A01265"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://www.fmppresanse.fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>