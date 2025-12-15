--- v0 (2025-10-13)
+++ v1 (2025-12-15)
@@ -1535,51 +1535,51 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>espace de travail avec sol glissant</w:t>
+              <w:t>- espace de travail avec sol glissant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
@@ -2195,51 +2195,51 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A01265"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Matrice Emploi-Expositions Potentielles générée le 13/10/2025 issue de la FMP Grutier consultable sur le site :</w:t>
+        <w:t>Matrice Emploi-Expositions Potentielles générée le 15/12/2025 issue de la FMP Grutier consultable sur le site :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="A01265"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="LienInternet"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
             <w:color w:val="A01265"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://www.fmppresanse.fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>