--- v1 (2025-12-15)
+++ v2 (2026-03-13)
@@ -1150,51 +1150,51 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>intemperie	</w:t>
+              <w:t>exposition aux UV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
@@ -1227,51 +1227,51 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>exposition aux UV</w:t>
+              <w:t>éclairage  éblouissant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
@@ -1304,128 +1304,51 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>eclairage localement eblouissant</w:t>
-[...76 lines deleted...]
-              <w:t>eclairage localement insuffisant</w:t>
+              <w:t>éclairage insuffisant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
@@ -2195,51 +2118,51 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A01265"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Matrice Emploi-Expositions Potentielles générée le 15/12/2025 issue de la FMP Grutier consultable sur le site :</w:t>
+        <w:t>Matrice Emploi-Expositions Potentielles générée le 13/03/2026 issue de la FMP Grutier consultable sur le site :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="A01265"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="LienInternet"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
             <w:color w:val="A01265"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://www.fmppresanse.fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>