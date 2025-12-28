--- v0 (2025-10-25)
+++ v1 (2025-12-28)
@@ -2934,51 +2934,51 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>espace de travail avec sol glissant</w:t>
+              <w:t>- espace de travail avec sol glissant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
@@ -4856,51 +4856,51 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A01265"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Matrice Emploi-Expositions Potentielles générée le 25/10/2025 issue de la FMP Mécanicien automobile consultable sur le site :</w:t>
+        <w:t>Matrice Emploi-Expositions Potentielles générée le 28/12/2025 issue de la FMP Mécanicien automobile consultable sur le site :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="A01265"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="LienInternet"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
             <w:color w:val="A01265"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://www.fmppresanse.fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>