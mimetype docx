--- v1 (2025-12-28)
+++ v2 (2026-02-15)
@@ -2780,51 +2780,51 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>eclairage localement insuffisant</w:t>
+              <w:t>éclairage insuffisant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
@@ -3088,51 +3088,51 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>lumiere artificielle</w:t>
+              <w:t>éclairage artificiel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contenudetableau"/>
               <w:widowControl w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:object>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
@@ -4830,77 +4830,261 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:left="1440" w:right="1440" w:gutter="0" w:header="567" w:top="1531" w:footer="1440" w:bottom="2006"/>
           <w:formProt w:val="false"/>
           <w:textDirection w:val="lrTb"/>
           <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Titre2"/>
+        <w:spacing w:before="280" w:after="280"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="237490" cy="237490"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="12" name="Image1" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="5" name="Image1" descr=""/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="237490" cy="237490"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:t>qualité de l'espace de travail</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8099"/>
+        <w:gridCol w:w="926"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>espace de travail avec défaut structurel du bâti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="926" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contenudetableau"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:object>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="control_shape_0" o:allowincell="t" style="width:10.55pt;height:12.05pt" type="#_x0000_t75"/>
+                <w:control r:id="rId5" w:name="Check Box 1" w:shapeid="control_shape_0"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:spacing w:before="280" w:after="280"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:left="1440" w:right="1440" w:gutter="0" w:header="567" w:top="1531" w:footer="1440" w:bottom="2006"/>
+          <w:formProt w:val="false"/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A01265"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Matrice Emploi-Expositions Potentielles générée le 28/12/2025 issue de la FMP Mécanicien automobile consultable sur le site :</w:t>
+        <w:t>Matrice Emploi-Expositions Potentielles générée le 15/02/2026 issue de la FMP Mécanicien automobile consultable sur le site :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="A01265"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="LienInternet"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
             <w:color w:val="A01265"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://www.fmppresanse.fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>