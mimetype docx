--- v0 (2025-12-26)
+++ v1 (2026-03-27)
@@ -1647,51 +1647,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="7E3943"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Matrice emploi-tâches potentielles générée le 26/12/2025 issue de la FMP Agent de montage en ascenseur, consultable sur le site :</w:t>
+        <w:t>Matrice emploi-tâches potentielles générée le 27/03/2026 issue de la FMP Agent de montage en ascenseur, consultable sur le site :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="7E3943"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="7E3943"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="7E3943"/>
         </w:rPr>
         <w:br/>