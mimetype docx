--- v0 (2025-11-02)
+++ v1 (2026-01-01)
@@ -128,317 +128,403 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs=""/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
-        <w:t>Protégez-vous des agents chimiques :</w:t>
+        <w:t>Pour éviter les accidents en général :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Aérer, ventiler les locaux</w:t>
+        <w:t>Ne pas utiliser la soufflette pour nettoyer le poste de travail</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Fermer les récipients et les containers après chaque utilisation</w:t>
+        <w:t>Nettoyer régulièrement les sols</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Lire les étiquettes (pictogrammes et mentions de danger) des produits utilisés</w:t>
+        <w:t>Porter les équipements de protection individuelle (EPI) mis à disposition</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Ne pas utiliser la soufflette pour nettoyer le poste de travail</w:t>
+        <w:t>Veiller au bon entretien des outils</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour éviter les accidents par machines dangereuses :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Porter des équipements de protection individuelle adaptés à l'utilisation des produits chimiques</w:t>
+        <w:t>Respecter les consignes de sécurité des machines dangereuses</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Rincer abondamment à l'eau courante ou au sérum physiologique toute projection oculaire</w:t>
+        <w:t>Respecter les règles d'utilisation des machines dangereuses</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour éviter les accidents par des polluants divers :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Rincer abondamment à l'eau courante toute projection sur la peau et les muqueuses</w:t>
-[...14 lines deleted...]
-        <w:t>Protégez-vous des TMS :</w:t>
+        <w:t>Aérer, ventiler les locaux</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour vous protéger des agents chimiques :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Alterner autant que possible les tâches</w:t>
+        <w:t>Fermer les clapets du système d'aspiration des machines non utilisées</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Organiser son poste de travail pour éviter les mouvements extrêmes</w:t>
+        <w:t>Lire les étiquettes (pictogrammes et mentions de danger) des produits utilisés</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Régler le plan de travail et/ou le siège mis à disposition</w:t>
+        <w:t>Respecter la conduite à tenir en cas de brûlure chimique</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Utiliser les outils ou le matériel adaptés à la tâche</w:t>
-[...14 lines deleted...]
-        <w:t>Protégez-vous des situations relationnelles ou organisationnelles :</w:t>
+        <w:t>Respecter la conduite à tenir en cas de projection oculaire</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour vous protéger des situations relationnelles ou organisationnelles difficiles :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Mettre en œuvre la procédure "Conduite à tenir face à des comportements inadaptés"</w:t>
+        <w:t>Respecter la conduite à tenir en cas d'agression</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Prendre connaissance de la "conduite à tenir" en cas d'agression</w:t>
-[...14 lines deleted...]
-        <w:t>Pour éviter les accidents :</w:t>
+        <w:t>Respecter la conduite à tenir en cas de comportements inadaptés</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour vous protéger des troubles musculosquelettiques (TMS) :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Porter les équipements de protection individuelle mis à disposition</w:t>
+        <w:t>Alterner autant que possible les tâches</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Ranger, nettoyer régulièrement les sols</w:t>
+        <w:t>Organiser son poste de travail pour éviter les mouvements extrêmes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Respecter les consignes de sécurité et les procédures d'utilisation des machines dangereuses</w:t>
+        <w:t>Régler le plan de travail et/ou le siège mis à disposition</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Veiller au bon entretien des outils</w:t>
+        <w:t>Utiliser les outils adaptés à la tâche</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour protéger votre corps :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Porter des équipements de protection individuelle (EPI) adaptés à l'utilisation des produits chimiques</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour protéger globalement votre santé :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Pratiquer régulièrement une activité physique</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -525,51 +611,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
         <w:t>Fiche Remise par :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
-        <w:t>Date : 02/11/2025</w:t>
+        <w:t>Date : 01/01/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:left="1440" w:right="1440" w:header="0" w:top="1440" w:footer="0" w:bottom="1440" w:gutter="0"/>
           <w:cols w:num="2" w:space="282" w:equalWidth="true" w:sep="false"/>
           <w:formProt w:val="false"/>
           <w:textDirection w:val="lrTb"/>
           <w:docGrid w:type="default" w:linePitch="360" w:charSpace="4096"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>