--- v0 (2025-10-21)
+++ v1 (2026-01-19)
@@ -128,237 +128,228 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs=""/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
-        <w:t>Protégez-vous des situations relationnelles ou organisationnelles :</w:t>
+        <w:t>Pour éviter les accidents en général :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Consulter la fiche "conseils en cas de travail en horaires décalés"</w:t>
+        <w:t>Signaler à votre hiérarchie tout défaut de sécurité</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour éviter les incendies :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Etre attentif à la qualité de la communication au sein de l'équipe</w:t>
+        <w:t>Connaître l'emplacement des extincteurs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Mettre en oeuvre la procédure "Conduite à tenir face à des personnes difficiles"</w:t>
+        <w:t>Dégager les issues de secours</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour vous protéger des situations relationnelles ou organisationnelles difficiles :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Prendre connaissance de la "conduite à tenir" en cas d'agression</w:t>
+        <w:t>Respecter la conduite à tenir en cas d'agression</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
         <w:t>Respecter la procédure de l'entreprise "travailleur isolé"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
         <w:t>Signaler à la hiérarchie tout dysfonctionnement organisationnel récurrent et/ou persistant</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
-        <w:t>Protégez-vous des TMS :</w:t>
+        <w:t>Pour vous protéger des troubles musculosquelettiques (TMS) :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Consulter la fiche "installer ergonomiquement le poste de travail avec écran"</w:t>
+        <w:t>Installer ergonomiquement le poste de travail avec écran</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
         <w:t>Signaler à la hiérarchie toute "inadaptation du poste" (locaux, matériel...)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
-        <w:t>Pour éviter les accidents :</w:t>
+        <w:t>Pour protéger globalement votre santé :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Appliquer la procédure de l'entreprise en cas d'agression</w:t>
-[...38 lines deleted...]
-        <w:t>Signaler à votre hiérarchie tout défaut de sécurité</w:t>
+        <w:t>Pratiquer régulièrement une activité physique</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -445,51 +436,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
         <w:t>Fiche Remise par :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
-        <w:t>Date : 21/10/2025</w:t>
+        <w:t>Date : 19/01/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:left="1440" w:right="1440" w:header="0" w:top="1440" w:footer="0" w:bottom="1440" w:gutter="0"/>
           <w:cols w:num="2" w:space="282" w:equalWidth="true" w:sep="false"/>
           <w:formProt w:val="false"/>
           <w:textDirection w:val="lrTb"/>
           <w:docGrid w:type="default" w:linePitch="360" w:charSpace="4096"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>