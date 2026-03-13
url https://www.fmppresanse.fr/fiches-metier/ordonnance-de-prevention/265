--- v0 (2025-12-16)
+++ v1 (2026-03-13)
@@ -169,51 +169,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
         <w:t>Pour vous protéger des troubles musculosquelettiques (TMS) :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Installer ergonomiquement le poste de travail avec écran</w:t>
+        <w:t>installer ergonomiquement le poste de travail avec écran</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
         <w:t>Régler le plan de travail et/ou le siège mis à disposition</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
@@ -367,51 +367,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
         <w:t>Fiche Remise par :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
-        <w:t>Date : 16/12/2025</w:t>
+        <w:t>Date : 13/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:left="1440" w:right="1440" w:header="0" w:top="1440" w:footer="0" w:bottom="1440" w:gutter="0"/>
           <w:cols w:num="2" w:space="282" w:equalWidth="true" w:sep="false"/>
           <w:formProt w:val="false"/>
           <w:textDirection w:val="lrTb"/>
           <w:docGrid w:type="default" w:linePitch="360" w:charSpace="4096"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>