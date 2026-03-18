--- v0 (2025-12-17)
+++ v1 (2026-03-18)
@@ -615,51 +615,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
         <w:t>Fiche Remise par :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
-        <w:t>Date : 17/12/2025</w:t>
+        <w:t>Date : 18/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:left="1440" w:right="1440" w:header="0" w:top="1440" w:footer="0" w:bottom="1440" w:gutter="0"/>
           <w:cols w:num="2" w:space="282" w:equalWidth="true" w:sep="false"/>
           <w:formProt w:val="false"/>
           <w:textDirection w:val="lrTb"/>
           <w:docGrid w:type="default" w:linePitch="360" w:charSpace="4096"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>