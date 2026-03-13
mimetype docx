--- v0 (2025-12-16)
+++ v1 (2026-03-13)
@@ -169,92 +169,295 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
         <w:t>Signaler à votre hiérarchie tout défaut de sécurité</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
-        <w:t>Pour protéger globalement votre santé :</w:t>
+        <w:t>Pour éviter les incendies :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Pratiquer régulièrement une activité physique</w:t>
-[...14 lines deleted...]
-        <w:t>Pour protéger la grossesse :</w:t>
+        <w:t>Connaître l'emplacement des extincteurs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
+        <w:t>Dégager les issues de secours</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour protéger globalement votre santé :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Pratiquer régulièrement une activité physique</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Prendre avis d'un professionnel de santé en cas de souffrance psychique</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour protéger la grossesse :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
         <w:t>Consulter votre médecin du travail, en cas de grossesse ou de projet de grossesse et d'un poste exposant à des agents chimiques</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour protéger vos mains et vos bras :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ne pas utiliser de shampoing pour le lavage des mains</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Porter des gants adaptés au risque chimique</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Utiliser régulièrement des crèmes de protection et de soin des mains</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Utiliser un savon adapté (neutre ou surgras) pour se laver les mains</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour vous protéger des situations relationnelles ou organisationnelles difficiles :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Respecter la conduite à tenir en cas d'agression</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Signaler à la hiérarchie tout dysfonctionnement organisationnel récurrent et/ou persistant</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour vous protéger des troubles musculosquelettiques (TMS) :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Régler le plan de travail et/ou le siège mis à disposition</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Varier les postures de travail</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -341,51 +544,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
         <w:t>Fiche Remise par :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
-        <w:t>Date : 16/12/2025</w:t>
+        <w:t>Date : 13/03/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:left="1440" w:right="1440" w:header="0" w:top="1440" w:footer="0" w:bottom="1440" w:gutter="0"/>
           <w:cols w:num="2" w:space="282" w:equalWidth="true" w:sep="false"/>
           <w:formProt w:val="false"/>
           <w:textDirection w:val="lrTb"/>
           <w:docGrid w:type="default" w:linePitch="360" w:charSpace="4096"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>