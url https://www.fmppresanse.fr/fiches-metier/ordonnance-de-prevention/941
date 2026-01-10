--- v0 (2025-11-09)
+++ v1 (2026-01-10)
@@ -128,646 +128,766 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs=""/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
-        <w:t>Protégez-vous des poussières  :</w:t>
-[...12 lines deleted...]
-        <w:t>Alerter en cas de dysfontionnement du système d'aspiration</w:t>
+        <w:t>Pour éviter les incendies :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Respecter les consignes incendie de l'entreprise</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Connaître l'emplacement des extincteurs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Dégager les issues de secours</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour vous protéger des agents chimiques :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Alerter en cas de dysfonctionnement du système d'aspiration</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Réaliser un nettoyage approfondi du poste de travail en fin de journée</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour vous protéger des poussières :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
         <w:t>Assurer l'étanchéité globale de la tenue de travail (visage, cou, poignets et chevilles)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour vous protéger des ambiances thermiques inconfortables</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Réduire les efforts physiques intenses, en cas de fortes chaleurs ou de grand froid</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Respecter le protocole de l'entreprise (forte chaleur ou grand froid)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour vous protéger des troubles musculosquelettiques (TMS) :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Alterner autant que possible les tâches</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Organiser son poste de travail pour éviter les mouvements extrêmes</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Signaler à la hiérarchie toute "inadaptation du poste" (locaux, matériel...)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Utiliser les aides à la manutention</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Utiliser les outils adaptés à la tâche</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Varier les postures de travail</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour vous protéger des vibrations :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Alterner les tâches</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Respecter les temps de pauses</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour vous protéger du bruit :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Porter les protecteurs individuels contre le bruit (PICB) mis à disposition</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Respecter les consignes de lutte contre le bruit</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour protéger vos voies respiratoires :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Porter les appareils de protection respiratoire (APR) mis à disposition</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Porter systématiquement un masque de protection respiratoire adapté</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour protéger globalement votre santé :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Pratiquer régulièrement une activité physique</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Prendre l'avis d'un professionnel de santé en cas de souffrance physique</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour éviter les accidents en général :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Dégager et ranger son espace de travail</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
         <w:t>Ne pas utiliser la soufflette pour nettoyer le poste de travail</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Porter les appareils de protection respiratoire (APR) mis à disposition</w:t>
-[...196 lines deleted...]
-        <w:t>Varier les postures de travail</w:t>
+        <w:t>Porter les équipements de protection individuelle (EPI) mis à disposition</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Respecter les procédures de l'entreprise en cas d'accident</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Signaler à votre hiérarchie tout défaut de sécurité</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Stocker dans les zones dédiées</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Utiliser le matériel adapté à l'activité</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Utiliser les outils adaptés à l'activité</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Veiller à l'entretien des équipements de protection individuelle (EPI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Veiller au bon entretien des outils</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
         <w:t>Veiller au bon état des matériels et outils utilisés</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
-        <w:t>Protégez-vous du bruit :</w:t>
-[...161 lines deleted...]
-        <w:t>Dégager les issues de secours</w:t>
+        <w:t>Pour éviter les accidents par chute d'objets :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
         <w:t>Disposer d'une autorisation de conduite délivrée par l'employeur</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
-        <w:t>Porter les équipements de protection individuelle mis à disposition</w:t>
-[...38 lines deleted...]
-        <w:t>Respecter les procédures de l'entreprise en cas d'accident</w:t>
+        <w:t>Respecter les consignes de sécurité des matériels de levage</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Respecter les consignes d'utilisation des matériels de levage</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour éviter les accidents par heurts avec engins :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
         <w:t>Respecter les voies de circulation matérialisées</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:numPr>
-[...71 lines deleted...]
-        <w:t>Veiller au bon entretien des outils</w:t>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour éviter les accidents par des polluants divers :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ne pas utiliser le balayage à sec</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Nettoyer à l'humide les surfaces</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2A6099"/>
+        </w:rPr>
+        <w:t>Pour éviter les accidents par chute de plain-pied :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Signaler les sols glissants ou accidentés</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -854,51 +974,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
         <w:t>Fiche Remise par :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
-        <w:t>Date : 09/11/2025</w:t>
+        <w:t>Date : 10/01/2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:left="1440" w:right="1440" w:header="0" w:top="1440" w:footer="0" w:bottom="1440" w:gutter="0"/>
           <w:cols w:num="2" w:space="282" w:equalWidth="true" w:sep="false"/>
           <w:formProt w:val="false"/>
           <w:textDirection w:val="lrTb"/>
           <w:docGrid w:type="default" w:linePitch="360" w:charSpace="4096"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="2A6099"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>